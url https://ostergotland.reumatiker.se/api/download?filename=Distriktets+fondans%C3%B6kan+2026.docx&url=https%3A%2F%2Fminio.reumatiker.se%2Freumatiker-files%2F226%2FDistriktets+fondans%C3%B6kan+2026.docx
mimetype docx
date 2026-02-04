--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -355,127 +355,145 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004B30B4">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD8FFB9" w14:textId="4FE0D173" w:rsidR="0015575F" w:rsidRPr="00825B0E" w:rsidRDefault="0015575F" w:rsidP="00154D00">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00825B0E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Adress……………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DD8FFBA" w14:textId="57594FFE" w:rsidR="0015575F" w:rsidRPr="00825B0E" w:rsidRDefault="0015575F" w:rsidP="006F6847">
+    <w:p w14:paraId="6DD8FFBA" w14:textId="57594FFE" w:rsidR="0015575F" w:rsidRDefault="0015575F" w:rsidP="006F6847">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00825B0E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Postnr……………</w:t>
       </w:r>
       <w:r w:rsidR="00BB6392" w:rsidRPr="00825B0E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……</w:t>
       </w:r>
       <w:r w:rsidRPr="00825B0E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ort…………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="004B30B4">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775BA7D8" w14:textId="77777777" w:rsidR="00C269DF" w:rsidRPr="00825B0E" w:rsidRDefault="00C269DF" w:rsidP="00154D00">
-[...37 lines deleted...]
-        <w:t>Vilken Bank…………………………………………………………………………………………………….</w:t>
+    <w:p w14:paraId="71E53EB4" w14:textId="2CCBFB66" w:rsidR="001E3D3B" w:rsidRDefault="001E3D3B" w:rsidP="006F6847">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mejladress:…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241205C9" w14:textId="77777777" w:rsidR="001E3D3B" w:rsidRPr="00825B0E" w:rsidRDefault="001E3D3B" w:rsidP="006F6847">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DD8FFBC" w14:textId="41DA6EA8" w:rsidR="0015575F" w:rsidRPr="00825B0E" w:rsidRDefault="0015575F" w:rsidP="00154D00">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00825B0E">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bank……………………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="001E3D3B">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD8FFBD" w14:textId="3FF0C20D" w:rsidR="0015575F" w:rsidRPr="00825B0E" w:rsidRDefault="00D360DE" w:rsidP="00154D00">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00825B0E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Clearing nr</w:t>
       </w:r>
       <w:r w:rsidR="0015575F" w:rsidRPr="00825B0E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00825B0E">
@@ -757,110 +775,110 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Märk kuvertet: Fondansökan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4383FA3E" w14:textId="4793E0C3" w:rsidR="002639AE" w:rsidRPr="002639AE" w:rsidRDefault="002639AE" w:rsidP="002639AE">
       <w:r w:rsidRPr="002639AE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002639AE" w:rsidRPr="002639AE" w:rsidSect="004F1CDA">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71F0CC4A" w14:textId="77777777" w:rsidR="002B15F9" w:rsidRDefault="002B15F9" w:rsidP="0015575F">
+    <w:p w14:paraId="2BF1D6F9" w14:textId="77777777" w:rsidR="00AE0D7B" w:rsidRDefault="00AE0D7B" w:rsidP="0015575F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="757C7508" w14:textId="77777777" w:rsidR="002B15F9" w:rsidRDefault="002B15F9" w:rsidP="0015575F">
+    <w:p w14:paraId="22A651B8" w14:textId="77777777" w:rsidR="00AE0D7B" w:rsidRDefault="00AE0D7B" w:rsidP="0015575F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="351703F3" w14:textId="77777777" w:rsidR="002B15F9" w:rsidRDefault="002B15F9" w:rsidP="0015575F">
+    <w:p w14:paraId="49415AB8" w14:textId="77777777" w:rsidR="00AE0D7B" w:rsidRDefault="00AE0D7B" w:rsidP="0015575F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34F5A3F8" w14:textId="77777777" w:rsidR="002B15F9" w:rsidRDefault="002B15F9" w:rsidP="0015575F">
+    <w:p w14:paraId="6086696E" w14:textId="77777777" w:rsidR="00AE0D7B" w:rsidRDefault="00AE0D7B" w:rsidP="0015575F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6DD8FFCA" w14:textId="77777777" w:rsidR="0015575F" w:rsidRDefault="00BA42E4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DD8FFCD" wp14:editId="6DD8FFCE">
           <wp:extent cx="1619250" cy="590550"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Bildobjekt 1" descr="\\Mac\Dropbox for Business\Reumatikerförbundet\1. Pågående projekt\Grafisk profil 2017\Identitet\Märke\RGB\EMF\Reumatikerförbundet märke rgb.emf"/>
           <wp:cNvGraphicFramePr>
@@ -961,85 +979,88 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009966BC"/>
     <w:rsid w:val="0002532F"/>
     <w:rsid w:val="0002718C"/>
     <w:rsid w:val="000D1E01"/>
     <w:rsid w:val="00154D00"/>
     <w:rsid w:val="0015575F"/>
     <w:rsid w:val="001C476E"/>
+    <w:rsid w:val="001E3D3B"/>
     <w:rsid w:val="00244D85"/>
     <w:rsid w:val="002639AE"/>
     <w:rsid w:val="002B15F9"/>
     <w:rsid w:val="00384675"/>
     <w:rsid w:val="003E7466"/>
     <w:rsid w:val="00442A88"/>
     <w:rsid w:val="004B30B4"/>
     <w:rsid w:val="004F1CDA"/>
     <w:rsid w:val="004F73B3"/>
     <w:rsid w:val="005948DA"/>
     <w:rsid w:val="00640FC4"/>
     <w:rsid w:val="006F6847"/>
     <w:rsid w:val="007E2EEC"/>
     <w:rsid w:val="007F2551"/>
     <w:rsid w:val="00825B0E"/>
     <w:rsid w:val="00842172"/>
     <w:rsid w:val="008D7B18"/>
     <w:rsid w:val="00933EC5"/>
     <w:rsid w:val="00957947"/>
     <w:rsid w:val="00986C46"/>
     <w:rsid w:val="009966BC"/>
     <w:rsid w:val="009A47E2"/>
     <w:rsid w:val="009F5A61"/>
     <w:rsid w:val="00A36941"/>
+    <w:rsid w:val="00AE0D7B"/>
     <w:rsid w:val="00B250B1"/>
     <w:rsid w:val="00B94C3B"/>
     <w:rsid w:val="00BA42E4"/>
     <w:rsid w:val="00BB6392"/>
     <w:rsid w:val="00BC135F"/>
     <w:rsid w:val="00C269DF"/>
     <w:rsid w:val="00C53D2F"/>
     <w:rsid w:val="00D17DA7"/>
     <w:rsid w:val="00D360DE"/>
     <w:rsid w:val="00D43276"/>
     <w:rsid w:val="00DD2535"/>
+    <w:rsid w:val="00EF5DAD"/>
     <w:rsid w:val="00F779AD"/>
     <w:rsid w:val="00FA5DD2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -1470,50 +1491,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="002639AE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
@@ -1944,66 +1966,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48A271E3-807F-46E1-8F42-61C031604D88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Ansökan om fondmedel distriktet</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>215</Words>
-  <Characters>1140</Characters>
+  <Words>213</Words>
+  <Characters>1133</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1353</CharactersWithSpaces>
+  <CharactersWithSpaces>1344</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Reumatikerdistriktet</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>